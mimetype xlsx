--- v0 (2025-12-11)
+++ v1 (2026-02-08)
@@ -1,112 +1,101 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
-  <workbookPr defaultThemeVersion="202300"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20417"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fliegnet\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\torst\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5B60709B-AD0F-4DAD-9278-57C0C0F59344}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B7C2917C-127A-464B-BF05-A8AEBD7F009A}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{0D2C9072-04E3-4FC3-9499-0D79352E37A2}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12105" xr2:uid="{0D2C9072-04E3-4FC3-9499-0D79352E37A2}"/>
   </bookViews>
   <sheets>
     <sheet name="Tabelle1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Tabelle1!$A$1:$H$44</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
-    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
-[...9 lines deleted...]
-    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="H17" i="1" l="1"/>
+  <c r="H25" i="1" l="1"/>
+  <c r="H24" i="1"/>
+  <c r="H23" i="1"/>
+  <c r="H21" i="1"/>
+  <c r="H20" i="1"/>
+  <c r="H19" i="1"/>
+  <c r="H39" i="1"/>
+  <c r="H38" i="1"/>
+  <c r="H37" i="1"/>
+  <c r="H36" i="1"/>
+  <c r="H35" i="1"/>
+  <c r="H34" i="1"/>
+  <c r="H33" i="1"/>
+  <c r="H32" i="1"/>
+  <c r="H31" i="1"/>
+  <c r="H30" i="1"/>
+  <c r="H29" i="1"/>
+  <c r="H28" i="1"/>
+  <c r="H27" i="1"/>
+  <c r="H26" i="1"/>
+  <c r="H22" i="1"/>
   <c r="H18" i="1"/>
-  <c r="H19" i="1"/>
-[...19 lines deleted...]
-  <c r="H39" i="1"/>
+  <c r="H17" i="1"/>
   <c r="H40" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="20">
   <si>
     <t>Saison</t>
   </si>
   <si>
     <t>Verein</t>
   </si>
   <si>
     <t xml:space="preserve">Schiedsrichterobmann/Vereinsverantwortlicher </t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Straße</t>
   </si>
   <si>
     <t>PLZ</t>
   </si>
   <si>
@@ -156,51 +145,51 @@
       </rPr>
       <t xml:space="preserve"> Die Spesen für Schiedsrichter werden nur ausgezahlt, wenn dieser bei seinem Einsatz im Besitz einer gültigen Lizenz war.
 Der o. g. Vereinsverantwortliche haftet für die Richtigkeit und Vollständigkeit der Angaben. Er ist verantwortlich für die Weiterleitung der Spesen an die betreffenden Schiedsrichter und Auswerter. Er wird alle Empfänger darauf hinweisen, dass die Zahlungen grundsätzlich einkommensteuerpflichtig sind und jeder Empfänger selbst für die ordnungsgemäße Versteuerung verantwortlich ist.</t>
     </r>
   </si>
   <si>
     <t>Ort, Datum, Unterschrift</t>
   </si>
   <si>
     <t>Die Summe soll auf das Vereinskonto überwiesen werden.</t>
   </si>
   <si>
     <t>per eMail an:  finanzen@bowlingbayern.de</t>
   </si>
   <si>
     <t>S = Schiedsrichter, A = Auswerter, SS = spielender Schiedsrichter</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;€&quot;"/>
   </numFmts>
-  <fonts count="16" x14ac:knownFonts="1">
+  <fonts count="16">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -659,51 +648,51 @@
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="52">
+  <cellXfs count="51">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
@@ -731,179 +720,175 @@
     </xf>
     <xf numFmtId="14" fontId="10" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="164" fontId="10" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="14" fontId="10" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="14" fontId="10" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="14" fontId="15" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" indent="3"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
-      <protection hidden="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
-      <protection hidden="1"/>
-[...14 lines deleted...]
-      <alignment horizontal="right"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0" hidden="1"/>
     </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0" hidden="1"/>
-    </xf>
-[...62 lines deleted...]
-      <protection hidden="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
     <cellStyle name="Standard_Form4_neu" xfId="1" xr:uid="{2755F9E1-8D24-4C4E-B9FA-2E5A16B6DBB4}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
@@ -1485,681 +1470,681 @@
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{77318F0A-AC7C-4EA4-9EA5-F83AE78CFC8D}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H44"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="K3" sqref="K3"/>
+    <sheetView tabSelected="1" topLeftCell="A8" workbookViewId="0">
+      <selection activeCell="A22" sqref="A22:B22"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.25"/>
   <cols>
-    <col min="2" max="2" width="10.42578125" customWidth="1"/>
-    <col min="3" max="3" width="5.85546875" customWidth="1"/>
+    <col min="2" max="2" width="10.375" customWidth="1"/>
+    <col min="3" max="3" width="5.875" customWidth="1"/>
     <col min="6" max="6" width="17" customWidth="1"/>
-    <col min="8" max="8" width="15.140625" customWidth="1"/>
+    <col min="8" max="8" width="15.125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="96.75" customHeight="1" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="B2" s="44"/>
+    <row r="1" spans="1:8" ht="96.75" customHeight="1">
+      <c r="A1" s="25"/>
+      <c r="B1" s="25"/>
+      <c r="C1" s="25"/>
+      <c r="D1" s="25"/>
+      <c r="E1" s="25"/>
+      <c r="F1" s="25"/>
+      <c r="G1" s="25"/>
+      <c r="H1" s="25"/>
+    </row>
+    <row r="2" spans="1:8" ht="12" customHeight="1" thickBot="1">
+      <c r="A2" s="26"/>
+      <c r="B2" s="26"/>
       <c r="C2" s="1"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
     </row>
-    <row r="3" spans="1:8" ht="38.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="45" t="s">
+    <row r="3" spans="1:8" ht="38.25" customHeight="1" thickBot="1">
+      <c r="A3" s="27" t="s">
         <v>18</v>
       </c>
-      <c r="B3" s="46"/>
-[...7 lines deleted...]
-    <row r="4" spans="1:8" ht="9.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B3" s="28"/>
+      <c r="C3" s="28"/>
+      <c r="D3" s="28"/>
+      <c r="E3" s="28"/>
+      <c r="F3" s="28"/>
+      <c r="G3" s="28"/>
+      <c r="H3" s="29"/>
+    </row>
+    <row r="4" spans="1:8" ht="9.75" customHeight="1">
       <c r="A4" s="2"/>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
     </row>
-    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:8" ht="15">
       <c r="A5" s="3" t="s">
         <v>0</v>
       </c>
-      <c r="B5" s="48"/>
-[...1 lines deleted...]
-      <c r="D5" s="48"/>
+      <c r="B5" s="30"/>
+      <c r="C5" s="30"/>
+      <c r="D5" s="30"/>
       <c r="E5" s="5"/>
       <c r="F5" s="5"/>
       <c r="G5" s="2"/>
-      <c r="H5" s="51">
+      <c r="H5" s="23">
         <v>45966</v>
       </c>
     </row>
-    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:8">
       <c r="A6" s="3"/>
       <c r="B6" s="3"/>
       <c r="C6" s="3"/>
       <c r="D6" s="3"/>
       <c r="E6" s="3"/>
       <c r="F6" s="3"/>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
     </row>
-    <row r="7" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:8" ht="15">
       <c r="A7" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="B7" s="48"/>
-[...7 lines deleted...]
-    <row r="8" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B7" s="30"/>
+      <c r="C7" s="30"/>
+      <c r="D7" s="30"/>
+      <c r="E7" s="30"/>
+      <c r="F7" s="30"/>
+      <c r="G7" s="30"/>
+      <c r="H7" s="30"/>
+    </row>
+    <row r="8" spans="1:8">
       <c r="A8" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B8" s="3"/>
       <c r="C8" s="3"/>
       <c r="D8" s="3"/>
       <c r="E8" s="3"/>
       <c r="F8" s="3"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
     </row>
-    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:8" ht="15">
       <c r="A9" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="B9" s="49"/>
-[...7 lines deleted...]
-    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B9" s="31"/>
+      <c r="C9" s="31"/>
+      <c r="D9" s="31"/>
+      <c r="E9" s="31"/>
+      <c r="F9" s="31"/>
+      <c r="G9" s="31"/>
+      <c r="H9" s="31"/>
+    </row>
+    <row r="10" spans="1:8" ht="15">
       <c r="A10" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="B10" s="50"/>
-[...7 lines deleted...]
-    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B10" s="32"/>
+      <c r="C10" s="32"/>
+      <c r="D10" s="32"/>
+      <c r="E10" s="32"/>
+      <c r="F10" s="32"/>
+      <c r="G10" s="32"/>
+      <c r="H10" s="32"/>
+    </row>
+    <row r="11" spans="1:8" ht="15">
       <c r="A11" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B11" s="4"/>
       <c r="C11" s="6"/>
       <c r="D11" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="E11" s="50"/>
-[...4 lines deleted...]
-    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="E11" s="32"/>
+      <c r="F11" s="32"/>
+      <c r="G11" s="32"/>
+      <c r="H11" s="32"/>
+    </row>
+    <row r="12" spans="1:8" ht="15">
       <c r="A12" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="B12" s="49"/>
-[...1 lines deleted...]
-      <c r="D12" s="49"/>
+      <c r="B12" s="31"/>
+      <c r="C12" s="31"/>
+      <c r="D12" s="31"/>
       <c r="E12" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="F12" s="50"/>
-      <c r="G12" s="50"/>
+      <c r="F12" s="32"/>
+      <c r="G12" s="32"/>
       <c r="H12" s="2"/>
     </row>
-    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:8" ht="15">
       <c r="A13" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="B13" s="49"/>
-[...7 lines deleted...]
-    <row r="15" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B13" s="31"/>
+      <c r="C13" s="31"/>
+      <c r="D13" s="31"/>
+      <c r="E13" s="31"/>
+      <c r="F13" s="31"/>
+      <c r="G13" s="31"/>
+      <c r="H13" s="31"/>
+    </row>
+    <row r="15" spans="1:8" ht="15" thickBot="1">
       <c r="A15" s="2"/>
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
-      <c r="D15" s="42" t="s">
+      <c r="D15" s="24" t="s">
         <v>19</v>
       </c>
-      <c r="E15" s="42"/>
-[...5 lines deleted...]
-      <c r="A16" s="36" t="s">
+      <c r="E15" s="24"/>
+      <c r="F15" s="24"/>
+      <c r="G15" s="24"/>
+      <c r="H15" s="24"/>
+    </row>
+    <row r="16" spans="1:8" ht="15" thickBot="1">
+      <c r="A16" s="33" t="s">
         <v>3</v>
       </c>
-      <c r="B16" s="37"/>
+      <c r="B16" s="34"/>
       <c r="C16" s="8"/>
       <c r="D16" s="9" t="s">
         <v>10</v>
       </c>
-      <c r="E16" s="38" t="s">
+      <c r="E16" s="35" t="s">
         <v>11</v>
       </c>
-      <c r="F16" s="37"/>
+      <c r="F16" s="34"/>
       <c r="G16" s="10" t="s">
         <v>12</v>
       </c>
       <c r="H16" s="11" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B17" s="40"/>
+    <row r="17" spans="1:8">
+      <c r="A17" s="36"/>
+      <c r="B17" s="37"/>
       <c r="C17" s="12"/>
       <c r="D17" s="13"/>
-      <c r="E17" s="41"/>
-      <c r="F17" s="40"/>
+      <c r="E17" s="38"/>
+      <c r="F17" s="37"/>
       <c r="G17" s="14"/>
       <c r="H17" s="15" t="str">
         <f>IF(OR(C17="S",C17="s",C17="A",C17="a"),50,IF(OR(C17="SS",C17="ss",C17="Ss",C17="sS"),25,""))</f>
         <v/>
       </c>
     </row>
-    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B18" s="31"/>
+    <row r="18" spans="1:8">
+      <c r="A18" s="39"/>
+      <c r="B18" s="40"/>
       <c r="C18" s="16"/>
       <c r="D18" s="17"/>
-      <c r="E18" s="32"/>
-      <c r="F18" s="31"/>
+      <c r="E18" s="41"/>
+      <c r="F18" s="40"/>
       <c r="G18" s="18"/>
       <c r="H18" s="15" t="str">
-        <f t="shared" ref="H18:H39" si="0">IF(OR(C18="S", C18="s", C18="A", C18="a"), 15, "")</f>
-[...5 lines deleted...]
-      <c r="B19" s="31"/>
+        <f>IF(OR(C18="S",C18="s",C18="A",C18="a"),50,IF(OR(C18="SS",C18="ss",C18="Ss",C18="sS"),25,""))</f>
+        <v/>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" s="39"/>
+      <c r="B19" s="40"/>
       <c r="C19" s="16"/>
       <c r="D19" s="17"/>
-      <c r="E19" s="32"/>
-      <c r="F19" s="31"/>
+      <c r="E19" s="41"/>
+      <c r="F19" s="40"/>
       <c r="G19" s="18"/>
       <c r="H19" s="15" t="str">
-        <f t="shared" si="0"/>
-[...5 lines deleted...]
-      <c r="B20" s="31"/>
+        <f>IF(OR(C19="S",C19="s",C19="A",C19="a"),50,IF(OR(C19="SS",C19="ss",C19="Ss",C19="sS"),25,""))</f>
+        <v/>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" s="39"/>
+      <c r="B20" s="40"/>
       <c r="C20" s="16"/>
       <c r="D20" s="17"/>
-      <c r="E20" s="32"/>
-      <c r="F20" s="31"/>
+      <c r="E20" s="41"/>
+      <c r="F20" s="40"/>
       <c r="G20" s="18"/>
       <c r="H20" s="15" t="str">
-        <f t="shared" si="0"/>
-[...5 lines deleted...]
-      <c r="B21" s="31"/>
+        <f>IF(OR(C20="S",C20="s",C20="A",C20="a"),50,IF(OR(C20="SS",C20="ss",C20="Ss",C20="sS"),25,""))</f>
+        <v/>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" s="39"/>
+      <c r="B21" s="40"/>
       <c r="C21" s="16"/>
       <c r="D21" s="17"/>
-      <c r="E21" s="32"/>
-      <c r="F21" s="31"/>
+      <c r="E21" s="41"/>
+      <c r="F21" s="40"/>
       <c r="G21" s="18"/>
       <c r="H21" s="15" t="str">
-        <f t="shared" si="0"/>
-[...5 lines deleted...]
-      <c r="B22" s="31"/>
+        <f>IF(OR(C21="S",C21="s",C21="A",C21="a"),50,IF(OR(C21="SS",C21="ss",C21="Ss",C21="sS"),25,""))</f>
+        <v/>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" s="39"/>
+      <c r="B22" s="40"/>
       <c r="C22" s="16"/>
       <c r="D22" s="17"/>
-      <c r="E22" s="32"/>
-      <c r="F22" s="31"/>
+      <c r="E22" s="41"/>
+      <c r="F22" s="40"/>
       <c r="G22" s="18"/>
       <c r="H22" s="15" t="str">
-        <f t="shared" si="0"/>
-[...5 lines deleted...]
-      <c r="B23" s="31"/>
+        <f t="shared" ref="H20:H39" si="0">IF(OR(C22="S",C22="s",C22="A",C22="a"),50,IF(OR(C22="SS",C22="ss",C22="Ss",C22="sS"),25,""))</f>
+        <v/>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" s="39"/>
+      <c r="B23" s="40"/>
       <c r="C23" s="16"/>
       <c r="D23" s="17"/>
-      <c r="E23" s="32"/>
-      <c r="F23" s="31"/>
+      <c r="E23" s="41"/>
+      <c r="F23" s="40"/>
       <c r="G23" s="18"/>
       <c r="H23" s="15" t="str">
-        <f t="shared" si="0"/>
-[...5 lines deleted...]
-      <c r="B24" s="31"/>
+        <f>IF(OR(C23="S",C23="s",C23="A",C23="a"),50,IF(OR(C23="SS",C23="ss",C23="Ss",C23="sS"),25,""))</f>
+        <v/>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" s="39"/>
+      <c r="B24" s="40"/>
       <c r="C24" s="16"/>
       <c r="D24" s="17"/>
-      <c r="E24" s="32"/>
-      <c r="F24" s="31"/>
+      <c r="E24" s="41"/>
+      <c r="F24" s="40"/>
       <c r="G24" s="18"/>
       <c r="H24" s="15" t="str">
-        <f t="shared" si="0"/>
-[...5 lines deleted...]
-      <c r="B25" s="31"/>
+        <f>IF(OR(C24="S",C24="s",C24="A",C24="a"),50,IF(OR(C24="SS",C24="ss",C24="Ss",C24="sS"),25,""))</f>
+        <v/>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" s="39"/>
+      <c r="B25" s="40"/>
       <c r="C25" s="16"/>
       <c r="D25" s="17"/>
-      <c r="E25" s="32"/>
-      <c r="F25" s="31"/>
+      <c r="E25" s="41"/>
+      <c r="F25" s="40"/>
       <c r="G25" s="18"/>
       <c r="H25" s="15" t="str">
-        <f t="shared" si="0"/>
-[...5 lines deleted...]
-      <c r="B26" s="31"/>
+        <f>IF(OR(C25="S",C25="s",C25="A",C25="a"),50,IF(OR(C25="SS",C25="ss",C25="Ss",C25="sS"),25,""))</f>
+        <v/>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" s="39"/>
+      <c r="B26" s="40"/>
       <c r="C26" s="16"/>
       <c r="D26" s="17"/>
-      <c r="E26" s="32"/>
-      <c r="F26" s="31"/>
+      <c r="E26" s="41"/>
+      <c r="F26" s="40"/>
       <c r="G26" s="18"/>
       <c r="H26" s="15" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
-    <row r="27" spans="1:8" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B27" s="31"/>
+    <row r="27" spans="1:8">
+      <c r="A27" s="39"/>
+      <c r="B27" s="40"/>
       <c r="C27" s="16"/>
       <c r="D27" s="17"/>
-      <c r="E27" s="32"/>
-      <c r="F27" s="31"/>
+      <c r="E27" s="41"/>
+      <c r="F27" s="40"/>
       <c r="G27" s="18"/>
       <c r="H27" s="15" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
-    <row r="28" spans="1:8" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B28" s="31"/>
+    <row r="28" spans="1:8">
+      <c r="A28" s="39"/>
+      <c r="B28" s="40"/>
       <c r="C28" s="16"/>
       <c r="D28" s="17"/>
-      <c r="E28" s="32"/>
-      <c r="F28" s="31"/>
+      <c r="E28" s="41"/>
+      <c r="F28" s="40"/>
       <c r="G28" s="18"/>
       <c r="H28" s="15" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
-    <row r="29" spans="1:8" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B29" s="31"/>
+    <row r="29" spans="1:8">
+      <c r="A29" s="39"/>
+      <c r="B29" s="40"/>
       <c r="C29" s="16"/>
       <c r="D29" s="17"/>
-      <c r="E29" s="32"/>
-      <c r="F29" s="31"/>
+      <c r="E29" s="41"/>
+      <c r="F29" s="40"/>
       <c r="G29" s="18"/>
       <c r="H29" s="15" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
-    <row r="30" spans="1:8" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B30" s="31"/>
+    <row r="30" spans="1:8">
+      <c r="A30" s="39"/>
+      <c r="B30" s="40"/>
       <c r="C30" s="16"/>
       <c r="D30" s="17"/>
-      <c r="E30" s="32"/>
-      <c r="F30" s="31"/>
+      <c r="E30" s="41"/>
+      <c r="F30" s="40"/>
       <c r="G30" s="18"/>
       <c r="H30" s="15" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
-    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B31" s="31"/>
+    <row r="31" spans="1:8">
+      <c r="A31" s="39"/>
+      <c r="B31" s="40"/>
       <c r="C31" s="16"/>
       <c r="D31" s="17"/>
-      <c r="E31" s="32"/>
-      <c r="F31" s="31"/>
+      <c r="E31" s="41"/>
+      <c r="F31" s="40"/>
       <c r="G31" s="18"/>
       <c r="H31" s="15" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
-    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B32" s="31"/>
+    <row r="32" spans="1:8">
+      <c r="A32" s="39"/>
+      <c r="B32" s="40"/>
       <c r="C32" s="16"/>
       <c r="D32" s="17"/>
-      <c r="E32" s="32"/>
-      <c r="F32" s="31"/>
+      <c r="E32" s="41"/>
+      <c r="F32" s="40"/>
       <c r="G32" s="18"/>
       <c r="H32" s="15" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
-    <row r="33" spans="1:8" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B33" s="31"/>
+    <row r="33" spans="1:8">
+      <c r="A33" s="39"/>
+      <c r="B33" s="40"/>
       <c r="C33" s="16"/>
       <c r="D33" s="17"/>
-      <c r="E33" s="32"/>
-      <c r="F33" s="31"/>
+      <c r="E33" s="41"/>
+      <c r="F33" s="40"/>
       <c r="G33" s="18"/>
       <c r="H33" s="15" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
-    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B34" s="31"/>
+    <row r="34" spans="1:8">
+      <c r="A34" s="39"/>
+      <c r="B34" s="40"/>
       <c r="C34" s="16"/>
       <c r="D34" s="17"/>
-      <c r="E34" s="32"/>
-      <c r="F34" s="31"/>
+      <c r="E34" s="41"/>
+      <c r="F34" s="40"/>
       <c r="G34" s="18"/>
       <c r="H34" s="15" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
-    <row r="35" spans="1:8" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B35" s="31"/>
+    <row r="35" spans="1:8">
+      <c r="A35" s="39"/>
+      <c r="B35" s="40"/>
       <c r="C35" s="16"/>
       <c r="D35" s="17"/>
-      <c r="E35" s="32"/>
-      <c r="F35" s="31"/>
+      <c r="E35" s="41"/>
+      <c r="F35" s="40"/>
       <c r="G35" s="18"/>
       <c r="H35" s="15" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
-    <row r="36" spans="1:8" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B36" s="31"/>
+    <row r="36" spans="1:8">
+      <c r="A36" s="39"/>
+      <c r="B36" s="40"/>
       <c r="C36" s="16"/>
       <c r="D36" s="17"/>
-      <c r="E36" s="32"/>
-      <c r="F36" s="31"/>
+      <c r="E36" s="41"/>
+      <c r="F36" s="40"/>
       <c r="G36" s="18"/>
       <c r="H36" s="15" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
-    <row r="37" spans="1:8" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B37" s="31"/>
+    <row r="37" spans="1:8">
+      <c r="A37" s="39"/>
+      <c r="B37" s="40"/>
       <c r="C37" s="16"/>
       <c r="D37" s="17"/>
-      <c r="E37" s="32"/>
-      <c r="F37" s="31"/>
+      <c r="E37" s="41"/>
+      <c r="F37" s="40"/>
       <c r="G37" s="18"/>
       <c r="H37" s="15" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
-    <row r="38" spans="1:8" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B38" s="31"/>
+    <row r="38" spans="1:8">
+      <c r="A38" s="39"/>
+      <c r="B38" s="40"/>
       <c r="C38" s="16"/>
       <c r="D38" s="17"/>
-      <c r="E38" s="32"/>
-      <c r="F38" s="31"/>
+      <c r="E38" s="41"/>
+      <c r="F38" s="40"/>
       <c r="G38" s="18"/>
       <c r="H38" s="15" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
-    <row r="39" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="F39" s="34"/>
+    <row r="39" spans="1:8" ht="15" thickBot="1">
+      <c r="A39" s="48"/>
+      <c r="B39" s="49"/>
+      <c r="C39" s="16"/>
+      <c r="D39" s="19"/>
+      <c r="E39" s="50"/>
+      <c r="F39" s="49"/>
       <c r="G39" s="18"/>
       <c r="H39" s="15" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
-    <row r="40" spans="1:8" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A40" s="24" t="s">
+    <row r="40" spans="1:8" ht="18.75" customHeight="1" thickBot="1">
+      <c r="A40" s="42" t="s">
         <v>17</v>
       </c>
-      <c r="B40" s="24"/>
-[...4 lines deleted...]
-      <c r="G40" s="21" t="s">
+      <c r="B40" s="42"/>
+      <c r="C40" s="42"/>
+      <c r="D40" s="42"/>
+      <c r="E40" s="42"/>
+      <c r="F40" s="43"/>
+      <c r="G40" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="H40" s="22">
+      <c r="H40" s="21">
         <f>SUM(H17:H39)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="41" spans="1:8" ht="76.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A41" s="26" t="s">
+    <row r="41" spans="1:8" ht="76.5" customHeight="1">
+      <c r="A41" s="44" t="s">
         <v>15</v>
       </c>
-      <c r="B41" s="27"/>
-[...7 lines deleted...]
-    <row r="42" spans="1:8" ht="8.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B41" s="45"/>
+      <c r="C41" s="45"/>
+      <c r="D41" s="45"/>
+      <c r="E41" s="45"/>
+      <c r="F41" s="45"/>
+      <c r="G41" s="45"/>
+      <c r="H41" s="45"/>
+    </row>
+    <row r="42" spans="1:8" ht="8.25" customHeight="1">
       <c r="A42" s="3"/>
       <c r="B42" s="3"/>
       <c r="C42" s="3"/>
       <c r="D42" s="3"/>
       <c r="E42" s="3"/>
       <c r="F42" s="3"/>
       <c r="G42" s="3"/>
       <c r="H42" s="3"/>
     </row>
-    <row r="43" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A43" s="28" t="s">
+    <row r="43" spans="1:8">
+      <c r="A43" s="46" t="s">
         <v>16</v>
       </c>
-      <c r="B43" s="28"/>
-[...7 lines deleted...]
-    <row r="44" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B43" s="46"/>
+      <c r="C43" s="46"/>
+      <c r="D43" s="22"/>
+      <c r="E43" s="22"/>
+      <c r="F43" s="22"/>
+      <c r="G43" s="22"/>
+      <c r="H43" s="22"/>
+    </row>
+    <row r="44" spans="1:8">
       <c r="A44" s="2"/>
-      <c r="B44" s="29"/>
-[...5 lines deleted...]
-      <c r="H44" s="29"/>
+      <c r="B44" s="47"/>
+      <c r="C44" s="47"/>
+      <c r="D44" s="47"/>
+      <c r="E44" s="47"/>
+      <c r="F44" s="47"/>
+      <c r="G44" s="47"/>
+      <c r="H44" s="47"/>
     </row>
   </sheetData>
-  <sheetProtection selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="y/ZqEK3+ZMB6K2u8mIrBj7Ks+qFnKibRM/saeBdaCfSor3Ttq5BqVpab4AAxrxXKIb2CUHLQI5KmLqboF63uXA==" saltValue="yok18XUG3C6/gPUIhdSm0Q==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <mergeCells count="64">
+    <mergeCell ref="A40:F40"/>
+    <mergeCell ref="A41:H41"/>
+    <mergeCell ref="A43:C43"/>
+    <mergeCell ref="B44:H44"/>
+    <mergeCell ref="A37:B37"/>
+    <mergeCell ref="E37:F37"/>
+    <mergeCell ref="A38:B38"/>
+    <mergeCell ref="E38:F38"/>
+    <mergeCell ref="A39:B39"/>
+    <mergeCell ref="E39:F39"/>
+    <mergeCell ref="A34:B34"/>
+    <mergeCell ref="E34:F34"/>
+    <mergeCell ref="A35:B35"/>
+    <mergeCell ref="E35:F35"/>
+    <mergeCell ref="A36:B36"/>
+    <mergeCell ref="E36:F36"/>
+    <mergeCell ref="A31:B31"/>
+    <mergeCell ref="E31:F31"/>
+    <mergeCell ref="A32:B32"/>
+    <mergeCell ref="E32:F32"/>
+    <mergeCell ref="A33:B33"/>
+    <mergeCell ref="E33:F33"/>
+    <mergeCell ref="A28:B28"/>
+    <mergeCell ref="E28:F28"/>
+    <mergeCell ref="A29:B29"/>
+    <mergeCell ref="E29:F29"/>
+    <mergeCell ref="A30:B30"/>
+    <mergeCell ref="E30:F30"/>
+    <mergeCell ref="A25:B25"/>
+    <mergeCell ref="E25:F25"/>
+    <mergeCell ref="A26:B26"/>
+    <mergeCell ref="E26:F26"/>
+    <mergeCell ref="A27:B27"/>
+    <mergeCell ref="E27:F27"/>
+    <mergeCell ref="A22:B22"/>
+    <mergeCell ref="E22:F22"/>
+    <mergeCell ref="A23:B23"/>
+    <mergeCell ref="E23:F23"/>
+    <mergeCell ref="A24:B24"/>
+    <mergeCell ref="E24:F24"/>
+    <mergeCell ref="A19:B19"/>
+    <mergeCell ref="E19:F19"/>
+    <mergeCell ref="A20:B20"/>
+    <mergeCell ref="E20:F20"/>
+    <mergeCell ref="A21:B21"/>
+    <mergeCell ref="E21:F21"/>
+    <mergeCell ref="A16:B16"/>
+    <mergeCell ref="E16:F16"/>
+    <mergeCell ref="A17:B17"/>
+    <mergeCell ref="E17:F17"/>
+    <mergeCell ref="A18:B18"/>
+    <mergeCell ref="E18:F18"/>
     <mergeCell ref="D15:H15"/>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:B2"/>
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="B5:D5"/>
     <mergeCell ref="B7:H7"/>
     <mergeCell ref="B9:H9"/>
     <mergeCell ref="B10:H10"/>
     <mergeCell ref="E11:H11"/>
     <mergeCell ref="B12:D12"/>
     <mergeCell ref="F12:G12"/>
     <mergeCell ref="B13:H13"/>
-    <mergeCell ref="A16:B16"/>
-[...50 lines deleted...]
-    <mergeCell ref="E39:F39"/>
   </mergeCells>
   <dataValidations count="2">
-    <dataValidation type="list" showDropDown="1" showInputMessage="1" showErrorMessage="1" sqref="C17:C39" xr:uid="{51B71AED-1E2B-433B-A9DE-4887D9E4C76F}">
-      <formula1>"S,A,s,a"</formula1>
+    <dataValidation showInputMessage="1" showErrorMessage="1" sqref="E17:G39" xr:uid="{CF5AC55A-9996-43F0-8E1A-EE3AE3AD0DE1}"/>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C17:C39" xr:uid="{64997078-8760-4BFD-ACEB-D8997A295A31}">
+      <formula1>"S,A,s,a,ss,SS"</formula1>
     </dataValidation>
-    <dataValidation showInputMessage="1" showErrorMessage="1" sqref="E17:G39" xr:uid="{CF5AC55A-9996-43F0-8E1A-EE3AE3AD0DE1}"/>
   </dataValidations>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="86" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Benannte Bereiche</vt:lpstr>
       </vt:variant>
       <vt:variant>